--- v0 (2025-10-24)
+++ v1 (2026-02-10)
@@ -28,75 +28,75 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GENERALES" sheetId="1" r:id="rId4"/>
     <sheet name="MISS 30" sheetId="2" r:id="rId5"/>
     <sheet name="MASTER 35" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>MALLORCA 7 Diamantes 2024 (BETA)</t>
   </si>
   <si>
     <t>Categoría: GENERALES</t>
   </si>
   <si>
+    <t>POSICIÓN</t>
+  </si>
+  <si>
     <t>Número de Corredor</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tiempo</t>
   </si>
   <si>
     <t>Adrià Barceló</t>
   </si>
   <si>
     <t>Toni Rossello</t>
   </si>
   <si>
     <t>JUAN CARLOS LOPEZ</t>
   </si>
   <si>
     <t>Caspar Tschauner</t>
   </si>
   <si>
     <t>Antonio Ducrós Salva</t>
-  </si>
-[...1 lines deleted...]
-    <t>Miquel Àngel Pons Martinez</t>
   </si>
   <si>
     <t>Domingo Fernández</t>
   </si>
   <si>
     <t>Melanie Reeves</t>
   </si>
   <si>
     <t>Elvio Saravia</t>
   </si>
   <si>
     <t>Pep Lluis Pons</t>
   </si>
   <si>
     <t>Serafin Sanchez Buendia</t>
   </si>
   <si>
     <t>Jacek Bronowicki</t>
   </si>
   <si>
     <t>Fidel Bermudez</t>
   </si>
   <si>
     <t>Agus Piza</t>
   </si>
@@ -187,62 +187,71 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="46" fillId="3" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="46" fillId="4" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
@@ -631,626 +640,724 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C23"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A23" sqref="A23:C23"/>
+      <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
         <v>1</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="B5" s="7">
+        <v>1</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.28053240740741</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
+        <v>2</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.28217592592593</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>3</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.303125</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>4</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.30494212962963</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
         <v>5</v>
       </c>
-      <c r="C5" s="4">
-[...7 lines deleted...]
-      <c r="B6" s="5" t="s">
+      <c r="B9" s="7">
+        <v>5</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.33231481481481</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
         <v>6</v>
       </c>
-      <c r="C6" s="6">
-[...7 lines deleted...]
-      <c r="B7" s="3" t="s">
+      <c r="B10" s="8">
         <v>7</v>
       </c>
-      <c r="C7" s="4">
-[...7 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="C10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.33804398148148</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
         <v>8</v>
       </c>
-      <c r="C8" s="6">
-[...7 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="C11" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" s="4">
+        <v>0.33862268518519</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
+        <v>8</v>
+      </c>
+      <c r="B12" s="8">
         <v>9</v>
       </c>
-      <c r="C9" s="4">
-[...7 lines deleted...]
-      <c r="B10" s="5" t="s">
+      <c r="C12" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.33949074074074</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
         <v>10</v>
       </c>
-      <c r="C10" s="6">
-[...7 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="C13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.34478009259259</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8">
         <v>11</v>
       </c>
-      <c r="C11" s="4">
-[...7 lines deleted...]
-      <c r="B12" s="5" t="s">
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.34565972222222</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7">
+        <v>11</v>
+      </c>
+      <c r="B15" s="7">
         <v>12</v>
       </c>
-      <c r="C12" s="6">
-[...7 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="C15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="4">
+        <v>0.34805555555556</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8">
+        <v>12</v>
+      </c>
+      <c r="B16" s="8">
         <v>13</v>
       </c>
-      <c r="C13" s="4">
-[...7 lines deleted...]
-      <c r="B14" s="5" t="s">
+      <c r="C16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.3493287037037</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="7">
+        <v>13</v>
+      </c>
+      <c r="B17" s="7">
         <v>14</v>
       </c>
-      <c r="C14" s="6">
-[...7 lines deleted...]
-      <c r="B15" s="3" t="s">
+      <c r="C17" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="4">
+        <v>0.35581018518519</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="8">
+        <v>14</v>
+      </c>
+      <c r="B18" s="8">
         <v>15</v>
       </c>
-      <c r="C15" s="4">
-[...7 lines deleted...]
-      <c r="B16" s="5" t="s">
+      <c r="C18" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.36458333333333</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="7">
+        <v>15</v>
+      </c>
+      <c r="B19" s="7">
         <v>16</v>
       </c>
-      <c r="C16" s="6">
-[...7 lines deleted...]
-      <c r="B17" s="3" t="s">
+      <c r="C19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="4">
+        <v>0.36663194444444</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="8">
+        <v>16</v>
+      </c>
+      <c r="B20" s="8">
         <v>17</v>
       </c>
-      <c r="C17" s="4">
-[...7 lines deleted...]
-      <c r="B18" s="5" t="s">
+      <c r="C20" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0.36697916666667</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="7">
+        <v>17</v>
+      </c>
+      <c r="B21" s="7">
         <v>18</v>
       </c>
-      <c r="C18" s="6">
-[...7 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="C21" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="4">
+        <v>0.36834490740741</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" s="8">
+        <v>18</v>
+      </c>
+      <c r="B22" s="8">
         <v>19</v>
       </c>
-      <c r="C19" s="4">
-[...40 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="C22" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="4">
+      <c r="D22" s="6">
         <v>0.41884259259259</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A6" sqref="A6:C6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>8</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>0.33862268518519</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>15</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="C6" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>0.36458333333333</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C21"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A21" sqref="A21:C21"/>
+      <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
         <v>1</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="B5" s="7">
+        <v>1</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.28053240740741</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
+        <v>2</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.28217592592593</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>3</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.303125</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>4</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.30494212962963</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
         <v>5</v>
       </c>
-      <c r="C5" s="4">
-[...7 lines deleted...]
-      <c r="B6" s="5" t="s">
+      <c r="B9" s="7">
+        <v>5</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.33231481481481</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
         <v>6</v>
       </c>
-      <c r="C6" s="6">
-[...7 lines deleted...]
-      <c r="B7" s="3" t="s">
+      <c r="B10" s="8">
         <v>7</v>
       </c>
-      <c r="C7" s="4">
-[...7 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="C10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.33804398148148</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
+        <v>9</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="4">
+        <v>0.33949074074074</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
         <v>8</v>
       </c>
-      <c r="C8" s="6">
-[...7 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="B12" s="8">
+        <v>10</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.34478009259259</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
         <v>9</v>
       </c>
-      <c r="C9" s="4">
-[...7 lines deleted...]
-      <c r="B10" s="5" t="s">
+      <c r="B13" s="7">
+        <v>11</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.34565972222222</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8">
         <v>10</v>
       </c>
-      <c r="C10" s="6">
-[...7 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="B14" s="8">
+        <v>12</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.34805555555556</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7">
         <v>11</v>
       </c>
-      <c r="C11" s="4">
-[...7 lines deleted...]
-      <c r="B12" s="5" t="s">
+      <c r="B15" s="7">
         <v>13</v>
       </c>
-      <c r="C12" s="6">
-[...7 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="C15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="4">
+        <v>0.3493287037037</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8">
+        <v>12</v>
+      </c>
+      <c r="B16" s="8">
         <v>14</v>
       </c>
-      <c r="C13" s="4">
-[...7 lines deleted...]
-      <c r="B14" s="5" t="s">
+      <c r="C16" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.35581018518519</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="7">
+        <v>13</v>
+      </c>
+      <c r="B17" s="7">
+        <v>16</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="4">
+        <v>0.36663194444444</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="8">
+        <v>14</v>
+      </c>
+      <c r="B18" s="8">
+        <v>17</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.36697916666667</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="7">
         <v>15</v>
       </c>
-      <c r="C14" s="6">
-[...7 lines deleted...]
-      <c r="B15" s="3" t="s">
+      <c r="B19" s="7">
+        <v>18</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" s="4">
+        <v>0.36834490740741</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="8">
         <v>16</v>
       </c>
-      <c r="C15" s="4">
-[...59 lines deleted...]
-      <c r="A21" s="3">
+      <c r="B20" s="8">
         <v>19</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C20" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C21" s="4">
+      <c r="D20" s="6">
         <v>0.41884259259259</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>