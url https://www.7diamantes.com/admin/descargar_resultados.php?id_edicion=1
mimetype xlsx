--- v0 (2025-12-08)
+++ v1 (2026-02-10)
@@ -50,71 +50,74 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GENERALES" sheetId="1" r:id="rId4"/>
     <sheet name="MISS 30" sheetId="2" r:id="rId5"/>
     <sheet name="MISS 40" sheetId="3" r:id="rId6"/>
     <sheet name="MISS 50" sheetId="4" r:id="rId7"/>
     <sheet name="SUB 23 (Hombres)" sheetId="5" r:id="rId8"/>
     <sheet name="MASTER 20" sheetId="6" r:id="rId9"/>
     <sheet name="MASTER 30" sheetId="7" r:id="rId10"/>
     <sheet name="MASTER 35" sheetId="8" r:id="rId11"/>
     <sheet name="MASTER 40" sheetId="9" r:id="rId12"/>
     <sheet name="MASTER 45" sheetId="10" r:id="rId13"/>
     <sheet name="MASTER 50" sheetId="11" r:id="rId14"/>
     <sheet name="MASTER 55" sheetId="12" r:id="rId15"/>
     <sheet name="MASTER 60" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
-[...1 lines deleted...]
-    <t>MALLORCA 7 Diamantes 2025, 1ª edición</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+  <si>
+    <t>MALLORCA 7 Diamantes 2025, 2ª edición</t>
   </si>
   <si>
     <t>Categoría: GENERALES</t>
   </si>
   <si>
+    <t>POSICIÓN</t>
+  </si>
+  <si>
     <t>Número de Corredor</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tiempo</t>
   </si>
   <si>
+    <t>Adrià Barceló</t>
+  </si>
+  <si>
     <t>Jaume Perelló Bosch</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adrià Barceló</t>
   </si>
   <si>
     <t>Joan Barcelo Oliver</t>
   </si>
   <si>
     <t>Colau Mercadal García</t>
   </si>
   <si>
     <t>Miquel Àngel Forteza Gayà</t>
   </si>
   <si>
     <t>Antoni Perelló Rodríguez</t>
   </si>
   <si>
     <t>Francisco Blasco López</t>
   </si>
   <si>
     <t>Jaume Fornari Cunill</t>
   </si>
   <si>
     <t>Joan Gabriel Fiol Sastre</t>
   </si>
   <si>
     <t>Antonio Perello</t>
   </si>
@@ -466,62 +469,71 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="46" fillId="3" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="46" fillId="4" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88aaef8abe401d57f733b20b493eb6a.png"/></Relationships>
 </file>
 
@@ -1340,2662 +1352,3128 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C97"/>
+  <dimension ref="A1:D97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A97" sqref="A97:C97"/>
+      <selection activeCell="B97" sqref="B97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
+        <v>12</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.28690972222222</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>36</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.28690972222222</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>56</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.29549768518519</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>54</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.29569444444444</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
         <v>5</v>
       </c>
-      <c r="C5" s="4">
-[...4 lines deleted...]
-      <c r="A6" s="5">
+      <c r="B9" s="7">
+        <v>41</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.30680555555556</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
+        <v>93</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.30732638888889</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
+        <v>79</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="D11" s="4">
+        <v>0.30743055555556</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
+        <v>8</v>
+      </c>
+      <c r="B12" s="8">
+        <v>70</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.30758101851852</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>72</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.30761574074074</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8">
+        <v>19</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.31237268518519</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7">
+        <v>11</v>
+      </c>
+      <c r="B15" s="7">
+        <v>98</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="4">
+        <v>0.31319444444444</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8">
+        <v>12</v>
+      </c>
+      <c r="B16" s="8">
+        <v>77</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.33895833333333</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="7">
+        <v>13</v>
+      </c>
+      <c r="B17" s="7">
+        <v>78</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="4">
+        <v>0.34296296296296</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="8">
+        <v>14</v>
+      </c>
+      <c r="B18" s="8">
+        <v>62</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.34549768518519</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="7">
+        <v>15</v>
+      </c>
+      <c r="B19" s="7">
+        <v>4</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="4">
+        <v>0.34609953703704</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="8">
+        <v>16</v>
+      </c>
+      <c r="B20" s="8">
+        <v>89</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0.34612268518519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="7">
+        <v>17</v>
+      </c>
+      <c r="B21" s="7">
+        <v>49</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="4">
+        <v>0.34702546296296</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" s="8">
+        <v>18</v>
+      </c>
+      <c r="B22" s="8">
+        <v>30</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.34721064814815</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="7">
+        <v>19</v>
+      </c>
+      <c r="B23" s="7">
+        <v>73</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" s="4">
+        <v>0.35357638888889</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" s="8">
+        <v>20</v>
+      </c>
+      <c r="B24" s="8">
+        <v>75</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0.36636574074074</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="7">
+        <v>21</v>
+      </c>
+      <c r="B25" s="7">
+        <v>23</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="4">
+        <v>0.36917824074074</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="8">
+        <v>22</v>
+      </c>
+      <c r="B26" s="8">
+        <v>10</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0.36978009259259</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="7">
+        <v>23</v>
+      </c>
+      <c r="B27" s="7">
+        <v>84</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="4">
+        <v>0.3706712962963</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" s="8">
+        <v>24</v>
+      </c>
+      <c r="B28" s="8">
+        <v>31</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0.37336805555556</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" s="7">
+        <v>25</v>
+      </c>
+      <c r="B29" s="7">
+        <v>64</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D29" s="4">
+        <v>0.37403935185185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" s="8">
+        <v>26</v>
+      </c>
+      <c r="B30" s="8">
+        <v>90</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="6">
+        <v>0.3740625</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="7">
+        <v>27</v>
+      </c>
+      <c r="B31" s="7">
+        <v>69</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="4">
+        <v>0.37416666666667</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" s="8">
+        <v>28</v>
+      </c>
+      <c r="B32" s="8">
+        <v>33</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="6">
+        <v>0.37427083333333</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" s="7">
+        <v>29</v>
+      </c>
+      <c r="B33" s="7">
+        <v>47</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="4">
+        <v>0.37554398148148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" s="8">
+        <v>30</v>
+      </c>
+      <c r="B34" s="8">
+        <v>20</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0.37831018518519</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" s="7">
+        <v>31</v>
+      </c>
+      <c r="B35" s="7">
+        <v>11</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="4">
+        <v>0.3803587962963</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" s="8">
+        <v>32</v>
+      </c>
+      <c r="B36" s="8">
+        <v>3</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0.3816087962963</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" s="7">
+        <v>33</v>
+      </c>
+      <c r="B37" s="7">
+        <v>16</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D37" s="4">
+        <v>0.38412037037037</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" s="8">
+        <v>34</v>
+      </c>
+      <c r="B38" s="8">
+        <v>51</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0.38449074074074</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" s="7">
+        <v>35</v>
+      </c>
+      <c r="B39" s="7">
+        <v>2</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D39" s="4">
+        <v>0.3849537037037</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" s="8">
+        <v>36</v>
+      </c>
+      <c r="B40" s="8">
+        <v>17</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0.38599537037037</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" s="7">
+        <v>37</v>
+      </c>
+      <c r="B41" s="7">
+        <v>76</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D41" s="4">
+        <v>0.38697916666667</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" s="8">
+        <v>38</v>
+      </c>
+      <c r="B42" s="8">
+        <v>42</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D42" s="6">
+        <v>0.38716435185185</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" s="7">
+        <v>39</v>
+      </c>
+      <c r="B43" s="7">
+        <v>96</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D43" s="4">
+        <v>0.38967592592593</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" s="8">
+        <v>40</v>
+      </c>
+      <c r="B44" s="8">
+        <v>83</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D44" s="6">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" s="7">
+        <v>41</v>
+      </c>
+      <c r="B45" s="7">
+        <v>58</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D45" s="4">
+        <v>0.39385416666667</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" s="8">
+        <v>42</v>
+      </c>
+      <c r="B46" s="8">
+        <v>18</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D46" s="6">
+        <v>0.39466435185185</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" s="7">
+        <v>43</v>
+      </c>
+      <c r="B47" s="7">
+        <v>85</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" s="4">
+        <v>0.39673611111111</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" s="8">
+        <v>44</v>
+      </c>
+      <c r="B48" s="8">
+        <v>65</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" s="6">
+        <v>0.39914351851852</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" s="7">
+        <v>45</v>
+      </c>
+      <c r="B49" s="7">
+        <v>24</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D49" s="4">
+        <v>0.41011574074074</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" s="8">
+        <v>46</v>
+      </c>
+      <c r="B50" s="8">
+        <v>1</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0.41891203703704</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" s="7">
+        <v>47</v>
+      </c>
+      <c r="B51" s="7">
+        <v>74</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D51" s="4">
+        <v>0.41950231481481</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" s="8">
+        <v>48</v>
+      </c>
+      <c r="B52" s="8">
+        <v>99</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D52" s="6">
+        <v>0.42041666666667</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" s="7">
+        <v>49</v>
+      </c>
+      <c r="B53" s="7">
+        <v>37</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D53" s="4">
+        <v>0.42081018518519</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" s="8">
+        <v>50</v>
+      </c>
+      <c r="B54" s="8">
         <v>6</v>
       </c>
-      <c r="C6" s="6">
-[...4 lines deleted...]
-      <c r="A7" s="3">
+      <c r="C54" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0.42082175925926</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" s="7">
+        <v>51</v>
+      </c>
+      <c r="B55" s="7">
+        <v>38</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="D55" s="4">
+        <v>0.42084490740741</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" s="8">
+        <v>52</v>
+      </c>
+      <c r="B56" s="8">
+        <v>68</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0.42423611111111</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" s="7">
+        <v>53</v>
+      </c>
+      <c r="B57" s="7">
+        <v>52</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D57" s="4">
+        <v>0.42472222222222</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" s="8">
+        <v>54</v>
+      </c>
+      <c r="B58" s="8">
+        <v>32</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0.42549768518519</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" s="7">
+        <v>55</v>
+      </c>
+      <c r="B59" s="7">
+        <v>22</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D59" s="4">
+        <v>0.42719907407407</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" s="8">
+        <v>56</v>
+      </c>
+      <c r="B60" s="8">
+        <v>60</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0.42719907407407</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" s="7">
+        <v>57</v>
+      </c>
+      <c r="B61" s="7">
+        <v>39</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D61" s="4">
+        <v>0.42802083333333</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" s="8">
+        <v>58</v>
+      </c>
+      <c r="B62" s="8">
+        <v>97</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0.44521990740741</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" s="7">
+        <v>59</v>
+      </c>
+      <c r="B63" s="7">
+        <v>13</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D63" s="4">
+        <v>0.44959490740741</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" s="8">
+        <v>60</v>
+      </c>
+      <c r="B64" s="8">
+        <v>57</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0.45555555555556</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" s="7"/>
+      <c r="B65" s="7">
+        <v>5</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D65" s="3"/>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" s="8"/>
+      <c r="B66" s="8">
         <v>7</v>
       </c>
-      <c r="C7" s="4">
-[...7 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="C66" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D66" s="5"/>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" s="7"/>
+      <c r="B67" s="7">
         <v>8</v>
       </c>
-      <c r="C8" s="6">
-[...7 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="C67" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D67" s="3"/>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" s="8"/>
+      <c r="B68" s="8">
         <v>9</v>
       </c>
-      <c r="C9" s="4">
-[...4 lines deleted...]
-      <c r="A10" s="5">
+      <c r="C68" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" s="5"/>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" s="7"/>
+      <c r="B69" s="7">
+        <v>14</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D69" s="3"/>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" s="8"/>
+      <c r="B70" s="8">
+        <v>21</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D70" s="5"/>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="7"/>
+      <c r="B71" s="7">
+        <v>26</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D71" s="3"/>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="8"/>
+      <c r="B72" s="8">
+        <v>27</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D72" s="5"/>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="7"/>
+      <c r="B73" s="7">
+        <v>28</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D73" s="3"/>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="8"/>
+      <c r="B74" s="8">
+        <v>29</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D74" s="5"/>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" s="7"/>
+      <c r="B75" s="7">
+        <v>35</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D75" s="3"/>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="8"/>
+      <c r="B76" s="8">
+        <v>40</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D76" s="5"/>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" s="7"/>
+      <c r="B77" s="7">
+        <v>43</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D77" s="3"/>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" s="8"/>
+      <c r="B78" s="8">
+        <v>45</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D78" s="5"/>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" s="7"/>
+      <c r="B79" s="7">
+        <v>46</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D79" s="3"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="8"/>
+      <c r="B80" s="8">
+        <v>48</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D80" s="5"/>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7">
+        <v>50</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D81" s="3"/>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" s="8"/>
+      <c r="B82" s="8">
+        <v>55</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D82" s="5"/>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" s="7"/>
+      <c r="B83" s="7">
+        <v>59</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D83" s="3"/>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" s="8"/>
+      <c r="B84" s="8">
+        <v>61</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D84" s="5"/>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" s="7"/>
+      <c r="B85" s="7">
+        <v>63</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D85" s="3"/>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" s="8"/>
+      <c r="B86" s="8">
+        <v>66</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D86" s="5"/>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" s="7"/>
+      <c r="B87" s="7">
+        <v>67</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D87" s="3"/>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" s="8"/>
+      <c r="B88" s="8">
+        <v>71</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D88" s="5"/>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7">
+        <v>80</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D89" s="3"/>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" s="8"/>
+      <c r="B90" s="8">
+        <v>81</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D90" s="5"/>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" s="7"/>
+      <c r="B91" s="7">
+        <v>82</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D91" s="3"/>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" s="8"/>
+      <c r="B92" s="8">
+        <v>86</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D92" s="5"/>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" s="7"/>
+      <c r="B93" s="7">
+        <v>88</v>
+      </c>
+      <c r="C93" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...359 lines deleted...]
-      <c r="A43" s="3">
+      <c r="D93" s="3"/>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" s="8"/>
+      <c r="B94" s="8">
+        <v>91</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D94" s="5"/>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="7"/>
+      <c r="B95" s="7">
+        <v>92</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D95" s="3"/>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="8"/>
+      <c r="B96" s="8">
+        <v>94</v>
+      </c>
+      <c r="C96" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...205 lines deleted...]
-      <c r="A62" s="5">
+      <c r="D96" s="5"/>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="7"/>
+      <c r="B97" s="7">
+        <v>95</v>
+      </c>
+      <c r="C97" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B62" s="5" t="s">
-[...323 lines deleted...]
-      <c r="C97" s="3"/>
+      <c r="D97" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C18"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:C18"/>
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>79</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.30743055555556</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>62</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="C6" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.34549768518519</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>49</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.34702546296296</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>31</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.37336805555556</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
+        <v>47</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.37554398148148</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
+        <v>16</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.38412037037037</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
         <v>18</v>
       </c>
-      <c r="C6" s="6">
-[...26 lines deleted...]
-      <c r="A9" s="3">
+      <c r="C11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...21 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="D11" s="4">
+        <v>0.39466435185185</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
+        <v>8</v>
+      </c>
+      <c r="B12" s="8">
+        <v>85</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.39673611111111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>38</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.42084490740741</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8">
+        <v>68</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.42423611111111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7"/>
+      <c r="B15" s="7">
+        <v>40</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="3"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8">
+        <v>43</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" s="5"/>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7">
         <v>46</v>
       </c>
-      <c r="C11" s="4">
-[...64 lines deleted...]
-      <c r="A18" s="5">
+      <c r="C17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="3"/>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8">
         <v>67</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="5"/>
+      <c r="C18" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C17"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A17" sqref="A17:C17"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>23</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.36917824074074</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>69</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.37416666666667</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
-      <c r="A7" s="3">
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
         <v>3</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="4">
+      <c r="B7" s="7">
+        <v>3</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" s="4">
         <v>0.3816087962963</v>
       </c>
     </row>
-    <row r="8" spans="1:3">
-      <c r="A8" s="5">
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
         <v>2</v>
       </c>
-      <c r="B8" s="5" t="s">
+      <c r="C8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.3849537037037</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
+        <v>17</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.38599537037037</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
+        <v>74</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.41950231481481</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
+        <v>37</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" s="4">
+        <v>0.42081018518519</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
+        <v>8</v>
+      </c>
+      <c r="B12" s="8">
+        <v>6</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.42082175925926</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>52</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.42472222222222</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8">
+        <v>22</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.42719907407407</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7">
+        <v>11</v>
+      </c>
+      <c r="B15" s="7">
+        <v>60</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="4">
+        <v>0.42719907407407</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8">
+        <v>12</v>
+      </c>
+      <c r="B16" s="8">
         <v>39</v>
       </c>
-      <c r="C8" s="6">
-[...87 lines deleted...]
-      <c r="C16" s="6">
+      <c r="C16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="6">
         <v>0.42802083333333</v>
       </c>
     </row>
-    <row r="17" spans="1:3">
-      <c r="A17" s="3">
+    <row r="17" spans="1:4">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7">
         <v>29</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="3"/>
+      <c r="C17" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A16" sqref="A16:C16"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>77</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.33895833333333</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>73</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.35357638888889</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
-      <c r="A7" s="3">
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
         <v>90</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="4">
+      <c r="C7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="4">
         <v>0.3740625</v>
       </c>
     </row>
-    <row r="8" spans="1:3">
-      <c r="A8" s="5">
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
         <v>11</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="C8" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="6">
         <v>0.3803587962963</v>
       </c>
     </row>
-    <row r="9" spans="1:3">
-      <c r="A9" s="3">
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
         <v>13</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="4">
+      <c r="C9" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" s="4">
         <v>0.44959490740741</v>
       </c>
     </row>
-    <row r="10" spans="1:3">
-      <c r="A10" s="5">
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
         <v>57</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="C10" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6">
         <v>0.45555555555556</v>
       </c>
     </row>
-    <row r="11" spans="1:3">
-      <c r="A11" s="3">
+    <row r="11" spans="1:4">
+      <c r="A11" s="7"/>
+      <c r="B11" s="7">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A12" s="5">
+      <c r="C11" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" s="3"/>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8">
         <v>55</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A13" s="3">
+      <c r="C12" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" s="5"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7">
         <v>59</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A14" s="5">
+      <c r="C13" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" s="3"/>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8">
         <v>81</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A15" s="3">
+      <c r="C14" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" s="5"/>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7"/>
+      <c r="B15" s="7">
         <v>88</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A16" s="5">
+      <c r="C15" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" s="3"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8">
         <v>94</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="5"/>
+      <c r="C16" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A6" sqref="A6:C6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>19</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.31237268518519</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8">
         <v>86</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="5"/>
+      <c r="C6" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D6" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C5"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A5" sqref="A5:C5"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>96</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.38967592592593</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A6" sqref="A6:C6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>65</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.39914351851852</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>99</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.42041666666667</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C5"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A5" sqref="A5:C5"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>51</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.38449074074074</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A6" sqref="A6:C6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>36</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.28690972222222</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>56</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.29549768518519</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A11" sqref="A11:C11"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>98</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.31319444444444</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>10</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.36978009259259</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
-      <c r="A7" s="3">
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
         <v>84</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.3706712962963</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8">
+        <v>5</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" s="5"/>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7">
         <v>27</v>
       </c>
-      <c r="C7" s="4">
-[...22 lines deleted...]
-      <c r="A10" s="5">
+      <c r="C9" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" s="3"/>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8">
         <v>61</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A11" s="3">
+      <c r="C10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" s="5"/>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7"/>
+      <c r="B11" s="7">
         <v>63</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="3"/>
+      <c r="C11" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A11" sqref="A11:C11"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>93</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="4">
+      <c r="C5" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="4">
         <v>0.30732638888889</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>70</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.30758101851852</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
-      <c r="A7" s="3">
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
         <v>72</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="4">
+      <c r="C7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="4">
         <v>0.30761574074074</v>
       </c>
     </row>
-    <row r="8" spans="1:3">
-      <c r="A8" s="5">
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
         <v>64</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="C8" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="6">
         <v>0.37403935185185</v>
       </c>
     </row>
-    <row r="9" spans="1:3">
-      <c r="A9" s="3">
+    <row r="9" spans="1:4">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7">
         <v>26</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A10" s="5">
+      <c r="C9" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" s="3"/>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8">
         <v>35</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A11" s="3">
+      <c r="C10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="5"/>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7"/>
+      <c r="B11" s="7">
         <v>91</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="3"/>
+      <c r="C11" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C21"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A21" sqref="A21:C21"/>
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>54</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.29569444444444</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
+        <v>78</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.34296296296296</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>4</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.34609953703704</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>30</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.34721064814815</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
+        <v>75</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.36636574074074</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
+        <v>76</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.38697916666667</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
+        <v>42</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="4">
+        <v>0.38716435185185</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8">
         <v>8</v>
       </c>
-      <c r="C5" s="4">
-[...70 lines deleted...]
-      <c r="A12" s="5">
+      <c r="B12" s="8">
         <v>58</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="C12" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.39385416666667</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>97</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" s="4">
+        <v>0.44521990740741</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8">
+        <v>7</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="5"/>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7"/>
+      <c r="B15" s="7">
+        <v>8</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" s="3"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8">
+        <v>9</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="5"/>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7">
+        <v>14</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="3"/>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8">
         <v>45</v>
       </c>
-      <c r="C12" s="6">
-[...60 lines deleted...]
-      <c r="A19" s="3">
+      <c r="C18" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="5"/>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="7"/>
+      <c r="B19" s="7">
         <v>48</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A20" s="5">
+      <c r="C19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="3"/>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="8"/>
+      <c r="B20" s="8">
         <v>82</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A21" s="3">
+      <c r="C20" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="5"/>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="7"/>
+      <c r="B21" s="7">
         <v>92</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="3"/>
+      <c r="C21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C13"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:C13"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="9"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="9"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3">
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="7">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
         <v>12</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>0.28690972222222</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
-      <c r="A6" s="5">
+    <row r="6" spans="1:4">
+      <c r="A6" s="8">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8">
         <v>89</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="C6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="6">
         <v>0.34612268518519</v>
       </c>
     </row>
-    <row r="7" spans="1:3">
-      <c r="A7" s="3">
+    <row r="7" spans="1:4">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
         <v>33</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.37427083333333</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="8">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8">
+        <v>83</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
+        <v>1</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.41891203703704</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="8">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8">
         <v>32</v>
       </c>
-      <c r="C7" s="4">
-[...32 lines deleted...]
-      <c r="C10" s="6">
+      <c r="C10" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" s="6">
         <v>0.42549768518519</v>
       </c>
     </row>
-    <row r="11" spans="1:3">
-      <c r="A11" s="3">
+    <row r="11" spans="1:4">
+      <c r="A11" s="7"/>
+      <c r="B11" s="7">
         <v>21</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A12" s="5">
+      <c r="C11" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...5 lines deleted...]
-      <c r="A13" s="3">
+      <c r="D11" s="3"/>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8">
+        <v>71</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="5"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7">
         <v>80</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="3"/>
+      <c r="C13" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>